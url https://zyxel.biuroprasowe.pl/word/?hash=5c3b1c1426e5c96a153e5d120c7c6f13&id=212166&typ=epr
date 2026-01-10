--- v0 (2025-11-15)
+++ v1 (2026-01-10)
@@ -349,51 +349,60 @@
         <w:t xml:space="preserve">Wyposażone są w porty uplink 10 Gb/s. Dzięki nim urządzenia mogą teraz działać z większą prędkością i obsługiwać więcej klientów sieciowych</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - wyjaśnia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Maciej Hukowski</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, VAR Account Manager, Z</w:t>
+        <w:t xml:space="preserve">, VAR Account Manager, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Z</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">yxel Networks Polska</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="calibri" w:hAnsi="calibri" w:eastAsia="calibri" w:cs="calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="300"/>
       </w:pPr>
       <w:r>
         <w:rPr>